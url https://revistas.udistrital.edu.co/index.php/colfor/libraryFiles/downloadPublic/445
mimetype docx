--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -1,136 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B45FE73" w14:textId="77777777" w:rsidR="00261705" w:rsidRDefault="00130C69" w:rsidP="003F1093">
+    <w:p w:rsidR="00261705" w:rsidP="003F1093" w:rsidRDefault="00130C69" w14:paraId="1B45FE73" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="DOIArtculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://doi.org/10.14483/2256201X.xxxxx"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00261705" w:rsidRPr="00725C54">
+      <w:r w:rsidRPr="00725C54" w:rsidR="00261705">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
         </w:rPr>
         <w:t>https://doi.org/10.14483/</w:t>
       </w:r>
-      <w:r w:rsidR="00261705" w:rsidRPr="00261705">
+      <w:r w:rsidRPr="00261705" w:rsidR="00261705">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
         </w:rPr>
         <w:t>2256201X</w:t>
       </w:r>
-      <w:r w:rsidR="00261705" w:rsidRPr="00725C54">
+      <w:r w:rsidRPr="00725C54" w:rsidR="00261705">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
         </w:rPr>
         <w:t>.xxxxx</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F880C1" w14:textId="0F1620A6" w:rsidR="00A27A16" w:rsidRPr="006C058E" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="006C058E" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="76F880C1" w14:textId="39D7ACC4">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="006C058E">
+      <w:r w:rsidR="00A12DCB">
+        <w:rPr/>
         <w:t xml:space="preserve"> Tipo de artículo</w:t>
       </w:r>
+      <w:r w:rsidR="05BD52E8">
+        <w:rPr/>
+        <w:t xml:space="preserve"> (indicar si es artículo de investigación o revisión)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="63DB9673" w14:textId="00456326" w:rsidR="00A27A16" w:rsidRPr="007E4EBD" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="007E4EBD" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="63DB9673" w14:textId="00456326">
       <w:pPr>
         <w:pStyle w:val="Ttuloartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E4EBD">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Título artículo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B45B72" w14:textId="605EACF7" w:rsidR="00A27A16" w:rsidRPr="007E4EBD" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="007E4EBD" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="70B45B72" w14:textId="605EACF7">
       <w:pPr>
         <w:pStyle w:val="Ttulosegundoidioma"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007E4EBD">
         <w:t xml:space="preserve">Título </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007E4EBD">
         <w:t>inglés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="30BD0448" w14:textId="077AB4B8" w:rsidR="00A27A16" w:rsidRPr="007E4EBD" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="007E4EBD" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="30BD0448" w14:textId="077AB4B8">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="007E4EBD">
         <w:t>Autor</w:t>
       </w:r>
       <w:r w:rsidR="00460948">
         <w:rPr>
           <w:noProof/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4FB699ED" wp14:editId="73EF8DBC">
             <wp:extent cx="161925" cy="161925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="12" name="Imagen 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="Imagen 12"/>
@@ -254,275 +260,398 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="161925" cy="161925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="007E4EBD">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263376B7" w14:textId="1B43E820" w:rsidR="00A27A16" w:rsidRPr="00FE1EBB" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00FE1EBB" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="263376B7" w14:textId="1B43E820">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE1EBB">
         <w:t>a Filiación autor 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="172CDE68" w14:textId="4538321C" w:rsidR="00A27A16" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="172CDE68" w14:textId="4538321C">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE1EBB">
         <w:t>b Filiación autor 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76894C56" w14:textId="099486EA" w:rsidR="00A27A16" w:rsidRPr="006C058E" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="006C058E" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="76894C56" w14:textId="099486EA">
       <w:pPr>
         <w:pStyle w:val="Fechasartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C058E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Recibido:</w:t>
       </w:r>
       <w:r w:rsidRPr="006C058E">
         <w:t xml:space="preserve"> 26 de Junio 2020</w:t>
       </w:r>
-      <w:r w:rsidR="006C058E" w:rsidRPr="006C058E">
+      <w:r w:rsidRPr="006C058E" w:rsidR="006C058E">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="006C058E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Aceptado:</w:t>
       </w:r>
       <w:r w:rsidRPr="006C058E">
         <w:t xml:space="preserve"> 26 de noviembre 2020</w:t>
       </w:r>
-      <w:r w:rsidR="006C058E" w:rsidRPr="006C058E">
+      <w:r w:rsidRPr="006C058E" w:rsidR="006C058E">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="006C058E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Publicado</w:t>
       </w:r>
       <w:r w:rsidRPr="006C058E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> en línea:</w:t>
       </w:r>
       <w:r w:rsidR="00DB71BA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB71BA" w:rsidRPr="006C058E">
+      <w:r w:rsidRPr="006C058E" w:rsidR="00DB71BA">
         <w:t>26 de Junio 2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5009CA" w14:textId="77777777" w:rsidR="0060292C" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidR="0060292C" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="3A5009CA" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F3E07">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Citación del artículo:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="599AE442" w14:textId="2B946173" w:rsidR="00A27A16" w:rsidRPr="005F3E07" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="005F3E07" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="599AE442" w14:textId="2B946173">
       <w:pPr>
         <w:pStyle w:val="Comocitaresteartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>xxx</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F3E07">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>Colombia Forestal</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F3E07">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>, 2</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F3E07">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F3E07">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>xx-xx</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005F3E07">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621C73D9" w14:textId="539705A1" w:rsidR="00A27A16" w:rsidRPr="00003926" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00003926" w:rsidR="00A27A16" w:rsidP="4F325E99" w:rsidRDefault="00A12DCB" w14:paraId="621C73D9" w14:textId="11B598D8">
       <w:pPr>
         <w:pStyle w:val="Highlights"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Highlights</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="69E91B71">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Si el artículo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="75F5D643">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>está</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="69E91B71">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en español los </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="69E91B71">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>highlights</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="69E91B71">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deben estar en español)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="25A281DD" w14:textId="686D178A" w:rsidR="00A27A16" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidR="22BEE838" w:rsidP="4F325E99" w:rsidRDefault="22BEE838" w14:paraId="35D7665E" w14:textId="03346BD6">
       <w:pPr>
         <w:pStyle w:val="Textohighlights"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="22BEE838">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>(Incluir obligatoriamente 5, con máximo 85 caracteres cada uno, no confundir con palabras)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A27A16" w:rsidP="4F325E99" w:rsidRDefault="00A12DCB" w14:paraId="25A281DD" w14:textId="05EBDD9A">
+      <w:pPr>
+        <w:pStyle w:val="Textohighlights"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Uptatem</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>dolorae</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>presti</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>quisquas</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>atempelicia</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>id</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>elendae</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>rciendam</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>omnimincti</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> que </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00667857">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>quam</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> nem </w:t>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="426C65F3" w14:textId="52BF6678" w:rsidR="00A27A16" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="426C65F3" w14:textId="52BF6678">
       <w:pPr>
         <w:pStyle w:val="Textohighlights"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>Uptatem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>dolorae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>presti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -556,51 +685,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>rciendam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>omnimincti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E8ACD8" w14:textId="77777777" w:rsidR="003F1093" w:rsidRDefault="003F1093" w:rsidP="003F1093">
+    <w:p w:rsidR="003F1093" w:rsidP="003F1093" w:rsidRDefault="003F1093" w14:paraId="04E8ACD8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textohighlights"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>Uptatem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>dolorae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>presti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -634,51 +763,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>rciendam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>omnimincti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D3B9F2D" w14:textId="77777777" w:rsidR="003F1093" w:rsidRDefault="003F1093" w:rsidP="003F1093">
+    <w:p w:rsidR="003F1093" w:rsidP="003F1093" w:rsidRDefault="003F1093" w14:paraId="6D3B9F2D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textohighlights"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>Uptatem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>dolorae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>presti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -712,51 +841,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>rciendam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>omnimincti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A26FCD1" w14:textId="13CADC2B" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="1A26FCD1" w14:textId="13CADC2B">
       <w:pPr>
         <w:pStyle w:val="Textohighlights"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>Uptatem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>dolorae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
@@ -788,62 +917,65 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>elendae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>rciendam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>omnimincti</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26332305" w14:textId="4C59CABB" w:rsidR="00A27A16" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="26332305" w14:textId="60BD7969">
       <w:pPr>
         <w:pStyle w:val="Ttuloresumenabstract"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00261705">
+      <w:r w:rsidR="00A12DCB">
+        <w:rPr/>
         <w:t>Resumen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="056790B3">
+        <w:rPr/>
+        <w:t xml:space="preserve"> (máximo 150 palabras)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4E333E02" w14:textId="77777777" w:rsidR="00105254" w:rsidRDefault="00105254" w:rsidP="003F1093">
+    <w:p w:rsidR="00105254" w:rsidP="003F1093" w:rsidRDefault="00105254" w14:paraId="4E333E02" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoresumenabstract"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007968B9">
         <w:lastRenderedPageBreak/>
         <w:t>Mo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007968B9">
         <w:t xml:space="preserve"> tem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007968B9">
         <w:t>idendunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007968B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007968B9">
         <w:t>il</w:t>
       </w:r>
@@ -1065,85 +1197,103 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>vellab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>ipsusap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>erfernat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E242F22" w14:textId="2F86EC25" w:rsidR="00A27A16" w:rsidRPr="007968B9" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="007968B9" w:rsidR="00A27A16" w:rsidP="4F325E99" w:rsidRDefault="00A12DCB" w14:paraId="7E242F22" w14:textId="125A4C70">
       <w:pPr>
         <w:pStyle w:val="PalabrasclaveKeywords"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Palabras</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> clave. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="306C8519">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="306C8519">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (máximo 5, deben ser diferentes a las del título del artículo)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4D312DE0" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00261705" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00261705" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="4D312DE0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Ttuloresumenabstract"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00261705">
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5310F8E4" w14:textId="5059F46F" w:rsidR="00A27A16" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="5310F8E4" w14:textId="5059F46F">
       <w:pPr>
         <w:pStyle w:val="Textoresumenabstract"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007968B9">
         <w:t>Mo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007968B9">
         <w:t xml:space="preserve"> tem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007968B9">
         <w:t>idendunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007968B9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007968B9">
         <w:t>il</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1364,105 +1514,584 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>vellab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>ipsusap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>erfernat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26031D3E" w14:textId="4C679C4E" w:rsidR="00261705" w:rsidRPr="004035CE" w:rsidRDefault="00261705" w:rsidP="003F1093">
+    <w:p w:rsidRPr="004035CE" w:rsidR="00261705" w:rsidP="003F1093" w:rsidRDefault="00261705" w14:paraId="26031D3E" w14:textId="4C679C4E">
       <w:pPr>
         <w:pStyle w:val="PalabrasclaveKeywords"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004035CE">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004035CE">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004035CE">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>xxxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="09F14DF3" w14:textId="0C71D665" w:rsidR="00A27A16" w:rsidRPr="004035CE" w:rsidRDefault="00261705" w:rsidP="003F1093">
+    <w:p w:rsidRPr="004035CE" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00261705" w14:paraId="09F14DF3" w14:textId="34D2000A">
       <w:pPr>
         <w:pStyle w:val="T1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004035CE">
+      <w:r w:rsidRPr="61B0291E" w:rsidR="00261705">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">[T1] </w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="004035CE">
+      <w:r w:rsidRPr="61B0291E" w:rsidR="00A12DCB">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Título primer nivel</w:t>
       </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="61145F47">
+        <w:rPr>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="1A1CC9B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>NTRODUCCIÓN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="73EEB4DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>MATERIALES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="1B87C625">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="52CF39AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>MÉTODOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="5897DD1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>RESULTADOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="17DD2BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>DISCUSIÓN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>CONCLUSIONES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="631909BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AGRADECIMIENTOS, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>CONFLICTO DE INTERESES, CONTRIBUCIÓN POR AUTOR,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>DECLARACIÓN DE USO D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="74392F35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="6D948579">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>REFERENCIAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61B0291E" w:rsidR="1A1CC9B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="175F5A07" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00E8314A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00E8314A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="175F5A07" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>Mo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> tem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>idendunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>il</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -1683,51 +2312,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>ip</w:t>
       </w:r>
       <w:r w:rsidRPr="00E8314A">
         <w:t>susap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>erfernat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="400D844D" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00E8314A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00E8314A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="400D844D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00E8314A">
         <w:t xml:space="preserve">Del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>enduciis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>doluptas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
@@ -2092,51 +2721,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>ea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>am</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>etur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7DBB81" w14:textId="5368B11F" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="3A7DBB81" w14:textId="5368B11F">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>Ficaepudi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>bea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E8314A">
         <w:t>dolore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2431,75 +3060,75 @@
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>sedignit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>lant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>laborat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="11A9A608" w14:textId="1689A700" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00261705" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00261705" w14:paraId="11A9A608" w14:textId="1689A700">
       <w:pPr>
         <w:pStyle w:val="T2"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">[T2] </w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00667857">
+      <w:r w:rsidRPr="00667857" w:rsidR="00A12DCB">
         <w:t xml:space="preserve">Título </w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00261705">
+      <w:r w:rsidRPr="00261705" w:rsidR="00A12DCB">
         <w:t>segundo</w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00667857">
-[...3 lines deleted...]
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00667857">
+      <w:r w:rsidRPr="00667857" w:rsidR="00A12DCB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00667857" w:rsidR="00A12DCB">
         <w:t>nivel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3B720F91" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="3B720F91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>Mo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> tem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>idendunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>il</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2717,51 +3346,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>vellab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>ipsusap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>erfernat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21CC1228" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="21CC1228" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve">Del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>enduciis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>doluptas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
@@ -3126,51 +3755,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>ea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>am</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>etur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30637692" w14:textId="5594132F" w:rsidR="00A27A16" w:rsidRPr="00E8283E" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00E8283E" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="30637692" w14:textId="5594132F">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>Ficaepudi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>bea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>dolore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3465,76 +4094,76 @@
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>sedignit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>lant</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>laborat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="725FCF2C" w14:textId="51F1413D" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00261705" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00261705" w14:paraId="725FCF2C" w14:textId="51F1413D">
       <w:pPr>
         <w:pStyle w:val="T3"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[T3] </w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00667857">
+      <w:r w:rsidRPr="00667857" w:rsidR="00A12DCB">
         <w:t xml:space="preserve">Título </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00667857">
+      <w:r w:rsidRPr="00667857" w:rsidR="00A12DCB">
         <w:t>tercer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00667857">
-[...3 lines deleted...]
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00667857">
+      <w:r w:rsidRPr="00667857" w:rsidR="00A12DCB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00667857" w:rsidR="00A12DCB">
         <w:t>nivel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5DCE69A5" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="5DCE69A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve">Del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>enduciis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>doluptas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
@@ -3899,799 +4528,799 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>ea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>am</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:t>etur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00667857">
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6E4809" w14:textId="52B7B9D4" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="6C6E4809" w14:textId="52B7B9D4">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Book Antiqua"/>
+          <w:rFonts w:cs="Book Antiqua" w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D30C55C" w14:textId="5B61775D" w:rsidR="00A27A16" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="7D30C55C" w14:textId="5B61775D">
       <w:pPr>
         <w:pStyle w:val="NombreTablaTable-FiguraFigure"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0016044E">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Tabla 1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Título tabla.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53105D52" w14:textId="3FFB8256" w:rsidR="00A27A16" w:rsidRPr="00624128" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00624128" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="53105D52" w14:textId="3FFB8256">
       <w:pPr>
         <w:pStyle w:val="NombreTablaTable-FiguraFigure"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00624128">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Table 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00624128">
         <w:t xml:space="preserve"> Título tabla en inglés</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="10" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="1986"/>
         <w:gridCol w:w="1500"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006650F5" w14:paraId="2F880DEB" w14:textId="77777777" w:rsidTr="0016044E">
+      <w:tr w:rsidR="006650F5" w:rsidTr="0016044E" w14:paraId="2F880DEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35D8F938" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="35D8F938" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Género</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FDD986F" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="5FDD986F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Hojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="532DB1EA" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="532DB1EA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Glándulas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B0F44D0" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="1B0F44D0" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Indumento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33CF9B22" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="33CF9B22" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Flor masculina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E7F2A56" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="3E7F2A56" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Frutos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006650F5" w14:paraId="2D6F53FB" w14:textId="77777777" w:rsidTr="0016044E">
+      <w:tr w:rsidR="006650F5" w:rsidTr="0016044E" w14:paraId="2D6F53FB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1005"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="118AC0B3" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="118AC0B3" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Alchornea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="130F3BB7" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="130F3BB7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>acródroma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve"> o pinnada, secundaria y terciaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>percurrente</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A72A728" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="4A72A728" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>2 o más en la superficie abaxial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B8394E8" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="2B8394E8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Tricomas estrellados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71F446EB" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="71F446EB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Sépalos fusionados, 6-8 estambres fusionados en la base</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43519FE1" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="43519FE1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Cápsula loculicida bilocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216BC8" w14:paraId="00FB86FF" w14:textId="77777777" w:rsidTr="00B36D8A">
+      <w:tr w:rsidR="00216BC8" w:rsidTr="00B36D8A" w14:paraId="00FB86FF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22F58479" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="22F58479" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Alchorneopsis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE7E9F4" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="3FE7E9F4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>acródroma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve"> basal, secundaria y terciaria ramificada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0700DE" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="3F0700DE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">2 en la superficie </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>adaxial</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB92C94" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="0AB92C94" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Tricomas simples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEFDAC4" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="7CEFDAC4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Sépalos libres,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18A88977" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="18A88977" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>4-6 estambres libres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14AE623D" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="14AE623D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Cápsula trilocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006650F5" w14:paraId="004EA7BA" w14:textId="77777777" w:rsidTr="00B36D8A">
+      <w:tr w:rsidR="006650F5" w:rsidTr="00B36D8A" w14:paraId="004EA7BA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C768707" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="4C768707" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Aparisthmium</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A26FFB1" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="7A26FFB1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria pinnada, 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>estipelas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve"> en la base</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="452C2109" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="452C2109" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">2-4 en la base de superficie </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>adaxial</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48FC3A4C" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="48FC3A4C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Tricomas simples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F556242" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="0F556242" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Sépalos fusionados, 3-5 estambres libres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59A73FFD" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="59A73FFD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Cápsula septicida trilocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216BC8" w14:paraId="0E466A02" w14:textId="77777777" w:rsidTr="0016044E">
+      <w:tr w:rsidR="00216BC8" w:rsidTr="0016044E" w14:paraId="0E466A02" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="648543BD" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="648543BD" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Conceveiba</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67849A34" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="67849A34" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>actinódroma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve"> pinnada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="651C9E5F" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="651C9E5F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Glándulas presentes o ausentes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15F4886B" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="15F4886B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Tricomas simples o estrellados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6122258B" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="6122258B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Sépalos fusionados, &gt;10 estambres y estaminodios</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="760739EF" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="760739EF" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Cápsula septicida trilocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006650F5" w14:paraId="3DC373E5" w14:textId="77777777" w:rsidTr="0016044E">
+      <w:tr w:rsidR="006650F5" w:rsidTr="0016044E" w14:paraId="3DC373E5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E5D7CA8" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="3E5D7CA8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Hasseltia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23842022" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="23842022" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>actinódroma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ED18FCC" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="1ED18FCC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>2 glándulas entre el pecíolo y la lámina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6886379C" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="6886379C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Glabras o con tricomas simples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="001045D9" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="001045D9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Flores bisexuales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B545812" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00B36D8A" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="0B545812" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Baya</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E41F905" w14:textId="77BFFA6D" w:rsidR="00A27A16" w:rsidRDefault="00A27A16" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A27A16" w14:paraId="0E41F905" w14:textId="77BFFA6D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AF7215C" w14:textId="2075A88E" w:rsidR="00A27A16" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="1AF7215C" w14:textId="2075A88E">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027A59">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CD000E3" wp14:editId="32BEF23C">
             <wp:extent cx="4000500" cy="1460500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Imagen 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4699,73 +5328,73 @@
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4000500" cy="1460500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E234387" w14:textId="576D83DD" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="0E234387" w14:textId="576D83DD">
       <w:pPr>
         <w:pStyle w:val="NombreTablaTable-FiguraFigure"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Figura 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Título figura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E2400C" w14:textId="268C1171" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="79E2400C" w14:textId="268C1171">
       <w:pPr>
         <w:pStyle w:val="NombreTablaTable-FiguraFigure"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figure 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Título figura </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
@@ -4778,110 +5407,110 @@
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>ingl</w:t>
       </w:r>
       <w:r w:rsidR="00E8314A">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="27B95C7E" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRDefault="00A27A16" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A27A16" w14:paraId="27B95C7E" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73291DE1" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A27A16" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A27A16" w14:paraId="73291DE1" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D60E084" w14:textId="05502197" w:rsidR="00A27A16" w:rsidRPr="00667857" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="6D60E084" w14:textId="05502197">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Book Antiqua"/>
+          <w:rFonts w:cs="Book Antiqua" w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23255741" w14:textId="5967611F" w:rsidR="00A27A16" w:rsidRDefault="00E8314A" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00E8314A" w14:paraId="23255741" w14:textId="5967611F">
       <w:pPr>
         <w:pStyle w:val="T1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">[T1] </w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="001249CA">
+      <w:r w:rsidRPr="001249CA" w:rsidR="00A12DCB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Agradecimientos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F22D90D" w14:textId="150C9C2D" w:rsidR="00A27A16" w:rsidRPr="001249CA" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="001249CA" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="4F22D90D" w14:textId="150C9C2D">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>Mo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> tem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>idendunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
@@ -5099,69 +5728,69 @@
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>vellab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>ipsusap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>erfernat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0104CC89" w14:textId="1F7D84B9" w:rsidR="00A27A16" w:rsidRDefault="00E8314A" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00E8314A" w14:paraId="0104CC89" w14:textId="1F7D84B9">
       <w:pPr>
         <w:pStyle w:val="T1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[T1] </w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="00BA0ED4">
+      <w:r w:rsidRPr="00BA0ED4" w:rsidR="00A12DCB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Conflicto de intereses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79AE1063" w14:textId="25B798AF" w:rsidR="00A27A16" w:rsidRPr="00BA0ED4" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00BA0ED4" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="79AE1063" w14:textId="25B798AF">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>Mo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> tem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>idendunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5381,203 +6010,742 @@
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>vellab</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>ipsusap</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA0ED4">
         <w:t>erfernat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="54A066E2" w14:textId="6BC8AB06" w:rsidR="00A27A16" w:rsidRPr="004035CE" w:rsidRDefault="00E8314A" w:rsidP="003F1093">
+    <w:p w:rsidRPr="004035CE" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00E8314A" w14:paraId="54A066E2" w14:textId="6BC8AB06">
       <w:pPr>
         <w:pStyle w:val="T1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004035CE">
         <w:rPr>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve">[T1] </w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="004035CE">
+      <w:r w:rsidRPr="004035CE" w:rsidR="00A12DCB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Contribución por autor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F72E09" w14:textId="5EE85D3B" w:rsidR="00A27A16" w:rsidRPr="004035CE" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="004035CE" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="41F72E09" w14:textId="5EE85D3B">
       <w:pPr>
         <w:pStyle w:val="Textoartculo"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004035CE">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>O. V-B, U.D. idearon la investigación; O. V-B y P.H. llevaron a cabo la investigación en terreno; O. V-B. y M. P-D, analizaron los datos y redactaron el manuscrito. Todos los autores contribuyeron a la discusión y comentaron los borradores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDDDA14" w14:textId="49C1E2CF" w:rsidR="00A27A16" w:rsidRPr="004035CE" w:rsidRDefault="00E8314A" w:rsidP="003F1093">
+    <w:p w:rsidR="70A95BD0" w:rsidP="4F325E99" w:rsidRDefault="70A95BD0" w14:paraId="05F020F8" w14:textId="5C5BB995">
       <w:pPr>
         <w:pStyle w:val="T1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="70A95BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[T1] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="70A95BD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>DECLARACIÓN DE USO DE IA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2E7CBAB0" w:rsidP="4F325E99" w:rsidRDefault="2E7CBAB0" w14:paraId="50F36BF4" w14:textId="71D6520D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Herramienta utilizada:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Indicar el nombre de la herramienta de IA empleada (por ejemplo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>ChatGPT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Claude, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>DeepL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>, Grammarly).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2E7CBAB0" w:rsidP="4F325E99" w:rsidRDefault="2E7CBAB0" w14:paraId="7D394452" w14:textId="44AB6A9F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Propósito del uso:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Describir brevemente la finalidad para la cual se utilizó la herramienta (por ejemplo, generación de ideas, elaboración de esquemas, redacción de borradores, revisión gramatical o traducción).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2E7CBAB0" w:rsidP="4F325E99" w:rsidRDefault="2E7CBAB0" w14:paraId="39E95DF2" w14:textId="7ED2D975">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Prompts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o instrucciones proporcionadas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Incluir los comandos, preguntas o instrucciones específicos ingresados en la herramienta de IA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2E7CBAB0" w:rsidP="4F325E99" w:rsidRDefault="2E7CBAB0" w14:paraId="5DDBAF65" w14:textId="68AB8E42">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Uso del contenido generado:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Explicar cómo se integró el contenido generado por la IA en el manuscrito final (por ejemplo, uso directo, modificación sustancial o empleo como apoyo conceptual).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2E7CBAB0" w:rsidP="4F325E99" w:rsidRDefault="2E7CBAB0" w14:paraId="0A988F8A" w14:textId="7076A765">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Revisión y edición:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Señalar si el contenido generado por la IA fue revisado, verificado y editado por los autores antes de su incorporación al manuscrito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2E7CBAB0" w:rsidP="4F325E99" w:rsidRDefault="2E7CBAB0" w14:paraId="573E11EC" w14:textId="59BD8E4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t>Limitaciones y consideraciones éticas:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="2E7CBAB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-CO"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mencionar las posibles limitaciones identificadas en el uso de la herramienta y las consideraciones éticas tenidas en cuenta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004035CE" w:rsidR="00A27A16" w:rsidP="4F325E99" w:rsidRDefault="00E8314A" w14:paraId="51ED34A6" w14:textId="03389AA4">
+      <w:pPr>
+        <w:pStyle w:val="T1"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004035CE">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00E8314A">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">[T1] </w:t>
       </w:r>
-      <w:r w:rsidR="00A12DCB" w:rsidRPr="004035CE">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
-      <w:r w:rsidR="007E4EBD">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="007E4EBD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Formato apa VII: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="007E4EBD" w:rsidRPr="007522C6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="004035CE" w:rsidR="00A27A16" w:rsidP="4F325E99" w:rsidRDefault="00E8314A" w14:paraId="1BDDDA14" w14:textId="01B24314">
+      <w:pPr>
+        <w:pStyle w:val="T1"/>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="007E4EBD">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="007E4EBD">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Formato apa VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="77F2C448">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OBLIGATORIO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="007E4EBD">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="Re9b395ef3fb44312">
+        <w:r w:rsidRPr="4F325E99" w:rsidR="007E4EBD">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>https</w:t>
         </w:r>
-        <w:r w:rsidR="007E4EBD" w:rsidRPr="007522C6">
+        <w:r w:rsidRPr="4F325E99" w:rsidR="007E4EBD">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>:</w:t>
         </w:r>
-        <w:r w:rsidR="007E4EBD" w:rsidRPr="007522C6">
+        <w:r w:rsidRPr="4F325E99" w:rsidR="007E4EBD">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:lang w:val="en-US"/>
+            <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>//normas-apa.org/referencias/ejemplos/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007E4EBD">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="007E4EBD">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E253F92" w14:textId="0AF9C8C9" w:rsidR="00A27A16" w:rsidRPr="003F1093" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="003F1093" w:rsidR="00A27A16" w:rsidP="4F325E99" w:rsidRDefault="00A12DCB" w14:paraId="6E253F92" w14:textId="0AF9C8C9">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F1093">
-        <w:rPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dey, D., Royo, A., Brose, P., Hutchinson, T., </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Spetich</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, M. &amp; Scott, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> (2010). An ecologically based approach to oak silviculture: a synthesis of 50 years of oak ecosystem research in North America. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>Colombia Forestal, 13</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F1093">
+      <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
         <w:rPr>
           <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>(2), 201-222. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="003F1093">
+      <w:hyperlink r:id="R28ae0d1e895e4f3a">
+        <w:r w:rsidRPr="4F325E99" w:rsidR="00A12DCB">
           <w:rPr>
             <w:color w:val="1266F1"/>
             <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:val="es-CO"/>
           </w:rPr>
           <w:t>https://doi.org/10.14483/udistrital.jour.colomb.for.2010.2.a02</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DFCF19A" w14:textId="07D3D6A5" w:rsidR="00A27A16" w:rsidRPr="003F1093" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="003F1093" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="0DFCF19A" w14:textId="07D3D6A5">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Mahecha, G., Rosales, H., Ruiz, G. &amp; Mota, P. </w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(2008). </w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -5590,51 +6758,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Editorial </w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Manrique</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64DE36A8" w14:textId="3547763C" w:rsidR="00A27A16" w:rsidRPr="003F1093" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="003F1093" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="64DE36A8" w14:textId="3547763C">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Prentice, I.C.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2001). The Carbon Cycle and Atmospheric Carbon Dioxide. En J.T. Houghton, Y. Ding, D.J. Griggs, M. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
@@ -5642,51 +6810,51 @@
         </w:rPr>
         <w:t>Noguer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>, P.J. van der Linden, X. Dai, K. Maskell y C.A. Johnson (eds.). </w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Climate Change 2001: The Scientific Basis.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> (Pp. 135-237). Cambridge University Press.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118FAE4C" w14:textId="0DBB0A06" w:rsidR="00A27A16" w:rsidRPr="003F1093" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="003F1093" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="118FAE4C" w14:textId="0DBB0A06">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>González-M., R.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t> (2010). </w:t>
       </w:r>
       <w:r w:rsidRPr="007E4EBD">
         <w:rPr>
           <w:i/>
@@ -5804,51 +6972,51 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> Universidad Distrital Francisco José de Caldas</w:t>
       </w:r>
       <w:r w:rsidR="007E4EBD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAFF94F" w14:textId="56C386BA" w:rsidR="00A27A16" w:rsidRPr="003F1093" w:rsidRDefault="00A12DCB" w:rsidP="003F1093">
+    <w:p w:rsidRPr="003F1093" w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A12DCB" w14:paraId="1EAFF94F" w14:textId="56C386BA">
       <w:pPr>
         <w:pStyle w:val="Referencias"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Maechler</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -5914,835 +7082,835 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t>version</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003F1093">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:lang w:val="es-CO"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.14.4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5173B4E9" w14:textId="46E473B8" w:rsidR="00A27A16" w:rsidRDefault="00A27A16" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A27A16" w14:paraId="5173B4E9" w14:textId="46E473B8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E8E6D30" w14:textId="77777777" w:rsidR="00342C57" w:rsidRDefault="00342C57" w:rsidP="003F1093">
+    <w:p w:rsidR="00342C57" w:rsidP="003F1093" w:rsidRDefault="00342C57" w14:paraId="5E8E6D30" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="26"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB7C2A5" w14:textId="1697F493" w:rsidR="00856A87" w:rsidRPr="004035CE" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+    <w:p w:rsidRPr="004035CE" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="2AB7C2A5" w14:textId="1697F493">
       <w:pPr>
         <w:pStyle w:val="T1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004035CE">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">[T1] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ANEXOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D693E06" w14:textId="6AB1CA07" w:rsidR="00A27A16" w:rsidRDefault="00A27A16" w:rsidP="003F1093">
+    <w:p w:rsidR="00A27A16" w:rsidP="003F1093" w:rsidRDefault="00A27A16" w14:paraId="0D693E06" w14:textId="6AB1CA07">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570CFD5B" w14:textId="5719A766" w:rsidR="00856A87" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+    <w:p w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="570CFD5B" w14:textId="5719A766">
       <w:pPr>
         <w:pStyle w:val="NombreTablaTable-FiguraFigure"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Anexo</w:t>
       </w:r>
       <w:r w:rsidRPr="0016044E">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Título anexo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2860819F" w14:textId="5CEF42C2" w:rsidR="00856A87" w:rsidRPr="00624128" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00624128" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="2860819F" w14:textId="5CEF42C2">
       <w:pPr>
         <w:pStyle w:val="NombreTablaTable-FiguraFigure"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="10" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="1986"/>
         <w:gridCol w:w="1500"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00856A87" w14:paraId="1D38DAB7" w14:textId="77777777" w:rsidTr="00274EF1">
+      <w:tr w:rsidR="00856A87" w:rsidTr="00274EF1" w14:paraId="1D38DAB7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19598A61" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="19598A61" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Género</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B1E6802" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="1B1E6802" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Hojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7888D41D" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="7888D41D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Glándulas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="343E5000" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="343E5000" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Indumento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="558FE664" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="558FE664" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Flor masculina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C8674BB" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="0C8674BB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Cabezotetablatable"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Frutos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856A87" w14:paraId="43396CCA" w14:textId="77777777" w:rsidTr="00274EF1">
+      <w:tr w:rsidR="00856A87" w:rsidTr="00274EF1" w14:paraId="43396CCA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1005"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="292B5B79" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="292B5B79" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Alchornea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F61053F" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="7F61053F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>acródroma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve"> o pinnada, secundaria y terciaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>percurrente</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48134F5A" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="48134F5A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>2 o más en la superficie abaxial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27D80723" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="27D80723" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Tricomas estrellados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2596A295" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="2596A295" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Sépalos fusionados, 6-8 estambres fusionados en la base</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EE7F1F1" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="1EE7F1F1" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Cápsula loculicida bilocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856A87" w14:paraId="6560A512" w14:textId="77777777" w:rsidTr="00274EF1">
+      <w:tr w:rsidR="00856A87" w:rsidTr="00274EF1" w14:paraId="6560A512" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0F4ABE" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="0D0F4ABE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Alchorneopsis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB307D5" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="1EB307D5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>acródroma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve"> basal, secundaria y terciaria ramificada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="554041AE" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="554041AE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">2 en la superficie </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>adaxial</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D249F1B" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="1D249F1B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Tricomas simples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20F8A20E" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="20F8A20E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Sépalos libres,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D6DC55B" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="7D6DC55B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>4-6 estambres libres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77391ED4" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="77391ED4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Cápsula trilocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856A87" w14:paraId="6053911C" w14:textId="77777777" w:rsidTr="00274EF1">
+      <w:tr w:rsidR="00856A87" w:rsidTr="00274EF1" w14:paraId="6053911C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47A99FB2" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="47A99FB2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Aparisthmium</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="516048AE" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="516048AE" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria pinnada, 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>estipelas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve"> en la base</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75D10CF4" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="75D10CF4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">2-4 en la base de superficie </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>adaxial</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FEAF35C" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="6FEAF35C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Tricomas simples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2387010B" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="2387010B" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Sépalos fusionados, 3-5 estambres libres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3FB6C6" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="0D3FB6C6" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Cápsula septicida trilocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856A87" w14:paraId="7CCBC523" w14:textId="77777777" w:rsidTr="00274EF1">
+      <w:tr w:rsidR="00856A87" w:rsidTr="00274EF1" w14:paraId="7CCBC523" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00F2CE72" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="00F2CE72" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Conceveiba</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE694C5" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="7DE694C5" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>actinódroma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve"> pinnada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11E653F7" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="11E653F7" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Glándulas presentes o ausentes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2FD643" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="4C2FD643" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Tricomas simples o estrellados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="623BB6A2" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="623BB6A2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Sépalos fusionados, &gt;10 estambres y estaminodios</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DA4D14" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="27DA4D14" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Cápsula septicida trilocular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856A87" w14:paraId="6BCD25D4" w14:textId="77777777" w:rsidTr="00274EF1">
+      <w:tr w:rsidR="00856A87" w:rsidTr="00274EF1" w14:paraId="6BCD25D4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3056DDDB" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="3056DDDB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Hasseltia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F89E411" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="0F89E411" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t xml:space="preserve">Venación primaria </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>actinódroma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37FF1AEC" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="37FF1AEC" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>2 glándulas entre el pecíolo y la lámina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50B892CB" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="50B892CB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Glabras o con tricomas simples</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53E46563" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="53E46563" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Flores bisexuales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1500" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C127987" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00B36D8A" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+          <w:p w:rsidRPr="00B36D8A" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="7C127987" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Textotabla"/>
               <w:spacing w:line="480" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00B36D8A">
               <w:t>Baya</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="38312489" w14:textId="77777777" w:rsidR="00856A87" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+    <w:p w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="38312489" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5053729C" w14:textId="77777777" w:rsidR="00856A87" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+    <w:p w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="5053729C" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00027A59">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6127704C" wp14:editId="410BF22B">
             <wp:extent cx="4000500" cy="1460500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="230647622" name="Imagen 230647622"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -6751,51 +7919,51 @@
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4000500" cy="1460500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C60B885" w14:textId="26B55C05" w:rsidR="00856A87" w:rsidRPr="00667857" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00667857" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="2C60B885" w14:textId="26B55C05">
       <w:pPr>
         <w:pStyle w:val="NombreTablaTable-FiguraFigure"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Anexo</w:t>
       </w:r>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00342C57">
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
@@ -6806,101 +7974,101 @@
         <w:rPr>
           <w:b/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Título </w:t>
       </w:r>
       <w:r w:rsidR="00342C57">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>anexo</w:t>
       </w:r>
       <w:r w:rsidRPr="00667857">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5757DF89" w14:textId="77777777" w:rsidR="00856A87" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+    <w:p w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="5757DF89" w14:textId="77777777">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5948C07A" w14:textId="77777777" w:rsidR="00856A87" w:rsidRPr="00342C57" w:rsidRDefault="00856A87" w:rsidP="003F1093">
+    <w:p w:rsidRPr="00342C57" w:rsidR="00856A87" w:rsidP="003F1093" w:rsidRDefault="00856A87" w14:paraId="5948C07A" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00856A87" w:rsidRPr="00342C57" w:rsidSect="0016044E">
+    <w:sectPr w:rsidRPr="00342C57" w:rsidR="00856A87" w:rsidSect="0016044E">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1758" w:right="1134" w:bottom="1588" w:left="1134" w:header="720" w:footer="720" w:gutter="284"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56AD3436" w14:textId="77777777" w:rsidR="00E0591D" w:rsidRDefault="00E0591D">
+    <w:p w:rsidR="00E0591D" w:rsidRDefault="00E0591D" w14:paraId="56AD3436" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49659E35" w14:textId="77777777" w:rsidR="00E0591D" w:rsidRDefault="00E0591D">
+    <w:p w:rsidR="00E0591D" w:rsidRDefault="00E0591D" w14:paraId="49659E35" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6945,93 +8113,93 @@
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1042639587"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="11C1FE84" w14:textId="77BCBFB2" w:rsidR="00A27A16" w:rsidRDefault="00A12DCB" w:rsidP="00381700">
+      <w:p w:rsidR="00A27A16" w:rsidP="00381700" w:rsidRDefault="00A12DCB" w14:paraId="11C1FE84" w14:textId="77BCBFB2">
         <w:pPr>
-          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:framePr w:wrap="none" w:hAnchor="margin" w:vAnchor="text" w:xAlign="right" w:y="1"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="7B09CF7C" w14:textId="77777777" w:rsidR="00A27A16" w:rsidRDefault="00A27A16" w:rsidP="00AF2A46">
+  <w:p w:rsidR="00A27A16" w:rsidP="00AF2A46" w:rsidRDefault="00A27A16" w14:paraId="7B09CF7C" w14:textId="77777777">
     <w:pPr>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
+      <w:id w:val="1470327302"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorBidi"/>
         <w:color w:val="auto"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO"/>
       </w:rPr>
-      <w:id w:val="1470327302"/>
-[...3 lines deleted...]
-      </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="70D743B6" w14:textId="676A9EA7" w:rsidR="009C1DE3" w:rsidRPr="0016044E" w:rsidRDefault="009C1DE3" w:rsidP="009C1DE3">
+      <w:p w:rsidRPr="0016044E" w:rsidR="009C1DE3" w:rsidP="009C1DE3" w:rsidRDefault="009C1DE3" w14:paraId="70D743B6" w14:textId="676A9EA7">
         <w:pPr>
           <w:pStyle w:val="corniza"/>
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="0016044E">
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t xml:space="preserve">ISSN 0120-0739 • e-ISSN 2256-201X • Bogotá-Colombia • Vol. </w:t>
         </w:r>
         <w:r w:rsidR="007E4EBD">
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>XX</w:t>
         </w:r>
         <w:r w:rsidRPr="0016044E">
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t xml:space="preserve"> No. </w:t>
         </w:r>
         <w:r w:rsidR="007E4EBD">
@@ -7067,96 +8235,105 @@
         <w:r w:rsidRPr="0016044E">
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t xml:space="preserve"> de 20</w:t>
         </w:r>
         <w:r w:rsidR="007E4EBD">
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>XX</w:t>
         </w:r>
         <w:r w:rsidRPr="0016044E">
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t xml:space="preserve"> • pp. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>XX-XX</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="2064D707" w14:textId="7A6E70E4" w:rsidR="009C1DE3" w:rsidRDefault="009C1DE3">
+      <w:p w:rsidR="009C1DE3" w:rsidRDefault="009C1DE3" w14:paraId="2064D707" w14:textId="7A6E70E4">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:t>[</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t>]</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorBidi"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="es-CO"/>
+      </w:rPr>
+    </w:sdtEndPr>
   </w:sdt>
-  <w:p w14:paraId="6DF7DF38" w14:textId="27591AC6" w:rsidR="00A27A16" w:rsidRPr="0016044E" w:rsidRDefault="00A27A16" w:rsidP="0016044E">
+  <w:p w:rsidRPr="0016044E" w:rsidR="00A27A16" w:rsidP="0016044E" w:rsidRDefault="00A27A16" w14:paraId="6DF7DF38" w14:textId="27591AC6">
     <w:pPr>
       <w:pStyle w:val="corniza"/>
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="61D28EF3" w14:textId="5B194681" w:rsidR="009C1DE3" w:rsidRDefault="0016044E" w:rsidP="009C1DE3">
+  <w:p w:rsidR="009C1DE3" w:rsidP="009C1DE3" w:rsidRDefault="0016044E" w14:paraId="61D28EF3" w14:textId="5B194681">
     <w:pPr>
       <w:pStyle w:val="corniza"/>
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0016044E">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">ISSN 0120-0739 • e-ISSN 2256-201X • Bogotá-Colombia • Vol. </w:t>
     </w:r>
     <w:r w:rsidR="007E4EBD">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>XX</w:t>
     </w:r>
     <w:r w:rsidRPr="0016044E">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> No. </w:t>
     </w:r>
     <w:r w:rsidR="007E4EBD">
@@ -7192,111 +8369,118 @@
     <w:r w:rsidRPr="0016044E">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> de 20</w:t>
     </w:r>
     <w:r w:rsidR="007E4EBD">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>XX</w:t>
     </w:r>
     <w:r w:rsidRPr="0016044E">
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> • pp. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>XX-XX</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4A105E8B" w14:textId="77777777" w:rsidR="009C1DE3" w:rsidRPr="0016044E" w:rsidRDefault="009C1DE3" w:rsidP="0016044E">
+  <w:p w:rsidRPr="0016044E" w:rsidR="009C1DE3" w:rsidP="0016044E" w:rsidRDefault="009C1DE3" w14:paraId="4A105E8B" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="corniza"/>
       <w:rPr>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00FAFBC5" w14:textId="77777777" w:rsidR="00E0591D" w:rsidRDefault="00E0591D">
+    <w:p w:rsidR="00E0591D" w:rsidRDefault="00E0591D" w14:paraId="00FAFBC5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14C8CDB2" w14:textId="77777777" w:rsidR="00E0591D" w:rsidRDefault="00E0591D">
+    <w:p w:rsidR="00E0591D" w:rsidRDefault="00E0591D" w14:paraId="14C8CDB2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="480715FD" w14:textId="449E6375" w:rsidR="00A27A16" w:rsidRPr="00AF2A46" w:rsidRDefault="00A12DCB" w:rsidP="00AF2A46">
-    <w:r w:rsidRPr="00AF2A46">
+  <w:p w:rsidRPr="00AF2A46" w:rsidR="00A27A16" w:rsidP="00AF2A46" w:rsidRDefault="00A12DCB" w14:paraId="480715FD" w14:textId="08A048F6">
+    <w:r w:rsidRPr="00AF2A46" w:rsidR="4F325E99">
+      <w:rPr/>
       <w:t>Autor</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="4F325E99">
+      <w:rPr/>
       <w:t>es</w:t>
     </w:r>
-    <w:r w:rsidRPr="00AF2A46">
-      <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
+    <w:r w:rsidR="4F325E99">
+      <w:rPr/>
+      <w:t xml:space="preserve">                                                                                                               </w:t>
     </w:r>
     <w:r w:rsidRPr="00AF2A46">
-      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+      <w:ptab w:alignment="center" w:relativeTo="margin" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00AF2A46">
+      <w:ptab w:alignment="right" w:relativeTo="margin" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidRPr="00AF2A46" w:rsidR="4F325E99">
+      <w:rPr/>
       <w:t xml:space="preserve">título artículo </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="09FFF629" w14:textId="77777777" w:rsidR="00BA1D5F" w:rsidRDefault="006C058E" w:rsidP="006C058E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00BA1D5F" w:rsidP="006C058E" w:rsidRDefault="006C058E" w14:paraId="09FFF629" w14:textId="77777777">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9354"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Minion Pro Med" w:hAnsi="Minion Pro Med"/>
         <w:smallCaps/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Minion Pro Med" w:hAnsi="Minion Pro Med"/>
         <w:smallCaps/>
         <w:noProof/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3294CA18" wp14:editId="676C877E">
@@ -7319,161 +8503,255 @@
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="5939790" cy="1042670"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3B934B93" w14:textId="77777777" w:rsidR="00BA1D5F" w:rsidRPr="00667857" w:rsidRDefault="00BA1D5F" w:rsidP="00BA1D5F">
+  <w:p w:rsidRPr="00667857" w:rsidR="00BA1D5F" w:rsidP="00BA1D5F" w:rsidRDefault="00BA1D5F" w14:paraId="3B934B93" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Prrafobsico"/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
         <w:lang w:val="pt-BR"/>
         <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:round/>
         </w14:textOutline>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00667857">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
         <w:lang w:val="pt-BR"/>
         <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:round/>
         </w14:textOutline>
       </w:rPr>
       <w:t>ISSN  0120-0739</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1CC72796" w14:textId="77777777" w:rsidR="00BA1D5F" w:rsidRPr="00667857" w:rsidRDefault="00BA1D5F" w:rsidP="00BA1D5F">
+  <w:p w:rsidRPr="00667857" w:rsidR="00BA1D5F" w:rsidP="00BA1D5F" w:rsidRDefault="00BA1D5F" w14:paraId="1CC72796" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Prrafobsico"/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
         <w:lang w:val="pt-BR"/>
         <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:round/>
         </w14:textOutline>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00667857">
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
         <w:lang w:val="pt-BR"/>
         <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:round/>
         </w14:textOutline>
       </w:rPr>
       <w:t>e-ISSN 2256-201X</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="58A4F34A" w14:textId="0C85F475" w:rsidR="00A27A16" w:rsidRPr="00261705" w:rsidRDefault="00A12DCB" w:rsidP="006C058E">
+  <w:p w:rsidRPr="00261705" w:rsidR="00A27A16" w:rsidP="006C058E" w:rsidRDefault="00A12DCB" w14:paraId="58A4F34A" w14:textId="0C85F475">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9354"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00261705">
       <w:rPr>
         <w:rFonts w:ascii="Minion Pro Med" w:hAnsi="Minion Pro Med"/>
         <w:smallCaps/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
         <w:lang w:val="pt-BR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="1">
+    <w:nsid w:val="477a350f"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="1221" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0004"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00292B7E"/>
@@ -7488,163 +8766,201 @@
     <w:rsid w:val="002C63BE"/>
     <w:rsid w:val="00342C57"/>
     <w:rsid w:val="00372275"/>
     <w:rsid w:val="003F1093"/>
     <w:rsid w:val="004035CE"/>
     <w:rsid w:val="0043141A"/>
     <w:rsid w:val="00460948"/>
     <w:rsid w:val="004A0E8B"/>
     <w:rsid w:val="0060292C"/>
     <w:rsid w:val="006220CC"/>
     <w:rsid w:val="006C058E"/>
     <w:rsid w:val="007A4485"/>
     <w:rsid w:val="007E4EBD"/>
     <w:rsid w:val="00856A87"/>
     <w:rsid w:val="009C1DE3"/>
     <w:rsid w:val="00A12DCB"/>
     <w:rsid w:val="00A27A16"/>
     <w:rsid w:val="00B80F85"/>
     <w:rsid w:val="00BA1D5F"/>
     <w:rsid w:val="00C465D5"/>
     <w:rsid w:val="00CD2CC1"/>
     <w:rsid w:val="00DB71BA"/>
     <w:rsid w:val="00E0591D"/>
     <w:rsid w:val="00E8314A"/>
     <w:rsid w:val="00FB49FE"/>
+    <w:rsid w:val="056790B3"/>
+    <w:rsid w:val="05952F27"/>
+    <w:rsid w:val="05BD52E8"/>
+    <w:rsid w:val="07FF993E"/>
+    <w:rsid w:val="0FC1D39B"/>
+    <w:rsid w:val="178FAC42"/>
+    <w:rsid w:val="17DD2BA2"/>
+    <w:rsid w:val="1A1CC9B9"/>
+    <w:rsid w:val="1B87C625"/>
+    <w:rsid w:val="1D09A2DA"/>
+    <w:rsid w:val="22BEE838"/>
+    <w:rsid w:val="2B914F5F"/>
+    <w:rsid w:val="2E7CBAB0"/>
+    <w:rsid w:val="306C8519"/>
+    <w:rsid w:val="349EEDC2"/>
+    <w:rsid w:val="366ADA81"/>
+    <w:rsid w:val="3FC2A234"/>
+    <w:rsid w:val="47A59FF1"/>
+    <w:rsid w:val="4F325E99"/>
+    <w:rsid w:val="50355B59"/>
+    <w:rsid w:val="50472AEC"/>
+    <w:rsid w:val="52CF39AC"/>
+    <w:rsid w:val="5897DD1C"/>
+    <w:rsid w:val="5CC2ACFA"/>
+    <w:rsid w:val="61145F47"/>
+    <w:rsid w:val="61B0291E"/>
+    <w:rsid w:val="631909BB"/>
+    <w:rsid w:val="6441DCE6"/>
+    <w:rsid w:val="66968B13"/>
+    <w:rsid w:val="69E91B71"/>
+    <w:rsid w:val="6A8CA1EF"/>
+    <w:rsid w:val="6B053555"/>
+    <w:rsid w:val="6D948579"/>
+    <w:rsid w:val="70A95BD0"/>
+    <w:rsid w:val="73EEB4DA"/>
+    <w:rsid w:val="74392F35"/>
+    <w:rsid w:val="75F5D643"/>
+    <w:rsid w:val="77F2C448"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CO" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3D8F8A2F"/>
   <w15:docId w15:val="{8ACD73BE-CB01-4B41-BCDE-B9E3C71BAFC8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-CO" w:eastAsia="es-CO" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7800,52 +9116,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -7912,501 +9228,512 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00E8314A"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextocomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextocomentarioCar">
+  <w:style w:type="character" w:styleId="TextocomentarioCar" w:customStyle="1">
     <w:name w:val="Texto comentario Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textocomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Referencias">
+  <w:style w:type="paragraph" w:styleId="Referencias" w:customStyle="1">
     <w:name w:val="Referencias"/>
     <w:qFormat/>
     <w:rsid w:val="00E8314A"/>
     <w:pPr>
       <w:ind w:left="340" w:hanging="340"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NombreTablaTable-FiguraFigure">
+  <w:style w:type="paragraph" w:styleId="NombreTablaTable-FiguraFigure" w:customStyle="1">
     <w:name w:val="Nombre Tabla/Table-Figura/Figure"/>
     <w:rsid w:val="0016044E"/>
     <w:rPr>
       <w:bCs/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00261705"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006C058E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttuloartculo">
+  <w:style w:type="paragraph" w:styleId="Ttuloartculo" w:customStyle="1">
     <w:name w:val="Título artículo"/>
     <w:qFormat/>
     <w:rsid w:val="006C058E"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttulosegundoidioma">
+  <w:style w:type="paragraph" w:styleId="Ttulosegundoidioma" w:customStyle="1">
     <w:name w:val="Título segundo idioma"/>
     <w:qFormat/>
     <w:rsid w:val="006C058E"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Autores">
+  <w:style w:type="paragraph" w:styleId="Autores" w:customStyle="1">
     <w:name w:val="Autor(es)"/>
     <w:qFormat/>
     <w:rsid w:val="006C058E"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Fechasartculo">
+  <w:style w:type="paragraph" w:styleId="Fechasartculo" w:customStyle="1">
     <w:name w:val="Fechas artículo"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00460948"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Comocitaresteartculo">
+  <w:style w:type="paragraph" w:styleId="Comocitaresteartculo" w:customStyle="1">
     <w:name w:val="Como citar este artículo"/>
     <w:qFormat/>
     <w:rsid w:val="0060292C"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="113" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Book Antiqua"/>
+      <w:rFonts w:cs="Book Antiqua" w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Highlights">
+  <w:style w:type="paragraph" w:styleId="Highlights" w:customStyle="1">
     <w:name w:val="Highlights"/>
     <w:qFormat/>
     <w:rsid w:val="0060292C"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-        <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="12" w:space="1"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="1"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textohighlights">
+  <w:style w:type="paragraph" w:styleId="Textohighlights" w:customStyle="1">
     <w:name w:val="Texto highlights"/>
     <w:qFormat/>
     <w:rsid w:val="00E8314A"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-        <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="12" w:space="1"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="1"/>
       </w:pBdr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Ttuloresumenabstract">
+  <w:style w:type="paragraph" w:styleId="Ttuloresumenabstract" w:customStyle="1">
     <w:name w:val="Título resumen/abstract"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00261705"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textoresumenabstract">
+  <w:style w:type="paragraph" w:styleId="Textoresumenabstract" w:customStyle="1">
     <w:name w:val="Texto resumen/abstract"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E8314A"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PalabrasclaveKeywords">
+  <w:style w:type="paragraph" w:styleId="PalabrasclaveKeywords" w:customStyle="1">
     <w:name w:val="Palabras clave/Keywords"/>
     <w:qFormat/>
     <w:rsid w:val="00261705"/>
     <w:rPr>
       <w:bCs/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DOIArtculo">
+  <w:style w:type="paragraph" w:styleId="DOIArtculo" w:customStyle="1">
     <w:name w:val="DOI Artículo"/>
     <w:qFormat/>
     <w:rsid w:val="00261705"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="T1">
+  <w:style w:type="paragraph" w:styleId="T1" w:customStyle="1">
     <w:name w:val="T1"/>
     <w:qFormat/>
     <w:rsid w:val="00261705"/>
     <w:pPr>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:caps/>
       <w:sz w:val="26"/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="T2">
+  <w:style w:type="paragraph" w:styleId="T2" w:customStyle="1">
     <w:name w:val="T2"/>
     <w:qFormat/>
     <w:rsid w:val="00261705"/>
     <w:pPr>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textoartculo">
+  <w:style w:type="paragraph" w:styleId="Textoartculo" w:customStyle="1">
     <w:name w:val="Texto artículo"/>
     <w:qFormat/>
     <w:rsid w:val="00E8314A"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="T3">
+  <w:style w:type="paragraph" w:styleId="T3" w:customStyle="1">
     <w:name w:val="T3"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00261705"/>
     <w:pPr>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:i/>
       <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabezotetablatable">
+  <w:style w:type="paragraph" w:styleId="Cabezotetablatable" w:customStyle="1">
     <w:name w:val="Cabezote tabla/table"/>
     <w:rsid w:val="0016044E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textotabla">
+  <w:style w:type="paragraph" w:styleId="Textotabla" w:customStyle="1">
     <w:name w:val="Texto tabla"/>
     <w:rsid w:val="0016044E"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0016044E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
+  <w:style w:type="character" w:styleId="EncabezadoCar" w:customStyle="1">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0016044E"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0016044E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
+  <w:style w:type="character" w:styleId="PiedepginaCar" w:customStyle="1">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0016044E"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="corniza">
+  <w:style w:type="paragraph" w:styleId="corniza" w:customStyle="1">
     <w:name w:val="corniza"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0016044E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="2140"/>
         <w:tab w:val="right" w:pos="4740"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Optima LT Std" w:hAnsi="Optima LT Std" w:cs="Optima LT Std"/>
       <w:color w:val="000000"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="es-ES_tradnl"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prrafobsico">
+  <w:style w:type="paragraph" w:styleId="Prrafobsico" w:customStyle="1">
     <w:name w:val="[Párrafo básico]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BA1D5F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="MinionPro-Regular" w:eastAsiaTheme="minorHAnsi" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
+      <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular" w:eastAsiaTheme="minorHAnsi"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007E4EBD"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:uiPriority w:val="34"/>
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="4F325E99"/>
+    <w:pPr>
+      <w:spacing/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14483/udistrital.jour.colomb.for.2010.2.a02" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/referencias/ejemplos/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normas-apa.org/referencias/ejemplos/" TargetMode="External" Id="Re9b395ef3fb44312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14483/udistrital.jour.colomb.for.2010.2.a02" TargetMode="External" Id="R28ae0d1e895e4f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="R768255de96ac4f5c" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -8691,69 +10018,47 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEBAA97B-D499-4877-A853-3085A94A9C88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator>Andrés Enciso</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>REVISTA COLOMBIA FORESTAL UNIVERSIDAD DISTRITAL</lastModifiedBy>
+  <revision>7</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>